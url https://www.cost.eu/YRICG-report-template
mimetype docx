--- v0 (2025-10-27)
+++ v1 (2026-02-22)
@@ -14,51 +14,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0A70840F" w14:textId="6D89748D" w:rsidR="005673A1" w:rsidRPr="00A4331D" w:rsidRDefault="005673A1" w:rsidP="005673A1">
       <w:pPr>
         <w:pStyle w:val="Title1COST"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="6E82BE"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4331D">
         <w:rPr>
           <w:color w:val="6E82BE"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve">Report on the outcomes of a presentation and participation </w:t>
       </w:r>
       <w:r w:rsidR="001F4CD6">
         <w:rPr>
           <w:color w:val="6E82BE"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
@@ -228,102 +228,79 @@
             </w:pPr>
             <w:r w:rsidRPr="00A4331D">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>Conference title:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B02F58B" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00A4331D" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A4331D">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference web-page: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B928EAB" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00B832AA" w:rsidRDefault="005673A1" w:rsidP="005673A1">
+          <w:p w14:paraId="06B05D12" w14:textId="0B8449F1" w:rsidR="005673A1" w:rsidRPr="00244B76" w:rsidRDefault="005673A1" w:rsidP="006A7801">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A4331D">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>Conference venue</w:t>
             </w:r>
             <w:r w:rsidRPr="00F5286F">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r w:rsidRPr="00F5286F">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
-            </w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005673A1" w:rsidRPr="00681CA3" w14:paraId="29B2C264" w14:textId="77777777" w:rsidTr="001F4CD6">
         <w:trPr>
           <w:trHeight w:val="1024"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13724108" w14:textId="77777777" w:rsidR="005673A1" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -601,182 +578,173 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> of inclusion of necessary supporting documents to claim the grant</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="252F85EE" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="0020062C" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>I confirm that the following documents have been uploaded on e-COST as an integral part of this report:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B31C185" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="0020062C" w:rsidRDefault="005673A1" w:rsidP="005673A1">
+          <w:p w14:paraId="2B31C185" w14:textId="45B308B7" w:rsidR="005673A1" w:rsidRPr="0020062C" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
-              <w:t>the certificate of conference attendance.</w:t>
+              <w:t>the certificate of conference attendance</w:t>
+            </w:r>
+            <w:r w:rsidR="006A7801">
+              <w:rPr>
+                <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+                <w:color w:val="656966"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> issued by the conference organiser</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020062C">
+              <w:rPr>
+                <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+                <w:color w:val="656966"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ED9DECA" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="0020062C" w:rsidRDefault="005673A1" w:rsidP="005673A1">
+          <w:p w14:paraId="7744AC31" w14:textId="5B38969E" w:rsidR="005673A1" w:rsidRPr="00ED70D4" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>the programme of the conference or book of abstracts / proceedings indicating the presentation (oral or poster) of the grantee.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7744AC31" w14:textId="20017C74" w:rsidR="005673A1" w:rsidRPr="00ED70D4" w:rsidRDefault="005673A1" w:rsidP="005673A1">
-[...21 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E3BB603" w14:textId="09B92752" w:rsidR="005146D6" w:rsidRDefault="005146D6" w:rsidP="00205BFB"/>
     <w:sectPr w:rsidR="005146D6" w:rsidSect="00384D8B">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="1418" w:footer="591" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F4D01D7" w14:textId="77777777" w:rsidR="00B404AB" w:rsidRDefault="00B404AB" w:rsidP="00F24F32">
+    <w:p w14:paraId="7ACD8225" w14:textId="77777777" w:rsidR="00FD3002" w:rsidRDefault="00FD3002" w:rsidP="00F24F32">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41610F9D" w14:textId="77777777" w:rsidR="00B404AB" w:rsidRDefault="00B404AB" w:rsidP="00F24F32">
+    <w:p w14:paraId="52AB4A57" w14:textId="77777777" w:rsidR="00FD3002" w:rsidRDefault="00FD3002" w:rsidP="00F24F32">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7C1E429D" w14:textId="77777777" w:rsidR="007B6330" w:rsidRDefault="007B6330">
+    <w:p w14:paraId="62F6EE50" w14:textId="77777777" w:rsidR="00FD3002" w:rsidRDefault="00FD3002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -858,61 +826,61 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Effra Light">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00022EF" w:usb1="D000A05B" w:usb2="00000008" w:usb3="00000000" w:csb0="000000DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Corps CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12E464B5" w14:textId="77777777" w:rsidR="00687DCA" w:rsidRDefault="00687DCA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62929C1E" w14:textId="67331524" w:rsidR="00851130" w:rsidRDefault="00851130" w:rsidP="00F24F32">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CD58388" wp14:editId="4DF7F2DE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="5760000" cy="540000"/>
               <wp:effectExtent l="0" t="0" r="6350" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="Zone de texte 5"/>
               <wp:cNvGraphicFramePr/>
@@ -1074,51 +1042,51 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>3</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00181660">
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57C0F7B5" w14:textId="2F0F311A" w:rsidR="00CE1D0D" w:rsidRPr="00ED1804" w:rsidRDefault="00CE1D0D" w:rsidP="00987F45">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:noProof/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6756AE4E" w14:textId="74DB7DBF" w:rsidR="00851130" w:rsidRPr="00703422" w:rsidRDefault="00630287" w:rsidP="00D7115C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="center" w:pos="6379"/>
         <w:tab w:val="left" w:pos="6521"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3D5ABF"/>
         <w:sz w:val="17"/>
@@ -1340,159 +1308,165 @@
       <w:t xml:space="preserve">T +32 (0)2 533 3800 | office@cost.eu | </w:t>
     </w:r>
     <w:r w:rsidR="00D7115C" w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>www.cost.eu</w:t>
     </w:r>
     <w:r w:rsidR="00D7115C">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0C246ADB" w14:textId="77777777" w:rsidR="00B404AB" w:rsidRDefault="00B404AB" w:rsidP="00F24F32">
+    <w:p w14:paraId="73043BC0" w14:textId="77777777" w:rsidR="00FD3002" w:rsidRDefault="00FD3002" w:rsidP="00F24F32">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F92FA65" w14:textId="77777777" w:rsidR="00B404AB" w:rsidRDefault="00B404AB" w:rsidP="00F24F32">
+    <w:p w14:paraId="1FFBC0B3" w14:textId="77777777" w:rsidR="00FD3002" w:rsidRDefault="00FD3002" w:rsidP="00F24F32">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6B2F1188" w14:textId="77777777" w:rsidR="007B6330" w:rsidRDefault="007B6330">
+    <w:p w14:paraId="1256172E" w14:textId="77777777" w:rsidR="00FD3002" w:rsidRDefault="00FD3002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="5103F9FD" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00A4331D" w:rsidRDefault="005673A1" w:rsidP="005673A1">
+    <w:p w14:paraId="5103F9FD" w14:textId="006EED7E" w:rsidR="005673A1" w:rsidRPr="006A7801" w:rsidRDefault="005673A1" w:rsidP="005673A1">
       <w:pPr>
         <w:pStyle w:val="Title2"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+          <w:color w:val="656966"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02DDA">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:color w:val="56585B"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E24B8F">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:color w:val="56585B"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A02DDA">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:b w:val="0"/>
           <w:color w:val="656966"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>This report is submitted by the grantee to the Action MC for approval and for claiming payment of the awarded grant. The Grant Awarding Coordinator coordinates the evaluation of this report on behalf of the Action MC and instructs the GH for payment of the Grant</w:t>
+        <w:t>This report is submitted by the grantee to the Action MC for approval and for claiming payment of the awarded grant. The Grant Awarding Coordinator coordinates the evaluation of this report on behalf of the Action MC and</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006A7801" w:rsidRPr="006A7801">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:b w:val="0"/>
           <w:color w:val="656966"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> instructs the Grant Holder Manager to verify the grant documents compliance and proceed with the payment.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="209A43FE" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00860B0D" w:rsidRDefault="005673A1" w:rsidP="005673A1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:color w:val="656966"/>
         </w:rPr>
         <w:t>For an online conference, specify virtual participation; for hybrid conferences, specify whether it is an in-person or virtual participation.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B07B920" w14:textId="77777777" w:rsidR="00687DCA" w:rsidRDefault="00687DCA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6903466D" w14:textId="77777777" w:rsidR="00851130" w:rsidRDefault="00851130" w:rsidP="00F24F32">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="002050E6">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2404C9C6" wp14:editId="53646809">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>132292</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7560000" cy="1090872"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Image 15"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -1519,51 +1493,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7560000" cy="1090872"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09A65A25" w14:textId="35236CF4" w:rsidR="00773BAB" w:rsidRDefault="00687DCA" w:rsidP="00773BAB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="522F6724" wp14:editId="63483448">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5978525" cy="1781810"/>
           <wp:effectExtent l="0" t="0" r="3175" b="8890"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Image 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1620,73 +1594,73 @@
   </w:p>
   <w:p w14:paraId="79D070D4" w14:textId="77777777" w:rsidR="00773BAB" w:rsidRDefault="00773BAB" w:rsidP="00773BAB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="63376EFC" w14:textId="782C3E9B" w:rsidR="00851130" w:rsidRDefault="00851130">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3D5ABF"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="546AADB4" w14:textId="77777777" w:rsidR="00E427EA" w:rsidRDefault="00E427EA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:74.8pt;height:74.8pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:75pt;height:75pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="point"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3174AF8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="75E08EFC"/>
@@ -4557,240 +4531,241 @@
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1479763841">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2072458904">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1130709000">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="335545019">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="165945192">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1498109260">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="510"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7169"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F5283"/>
     <w:rsid w:val="00001897"/>
     <w:rsid w:val="00005D15"/>
     <w:rsid w:val="00011D92"/>
     <w:rsid w:val="00031971"/>
     <w:rsid w:val="00033FE1"/>
     <w:rsid w:val="00035AF5"/>
     <w:rsid w:val="00042125"/>
     <w:rsid w:val="0005130B"/>
     <w:rsid w:val="00071487"/>
     <w:rsid w:val="0008039C"/>
     <w:rsid w:val="000A5EC1"/>
     <w:rsid w:val="000B09FC"/>
     <w:rsid w:val="000C2C8D"/>
     <w:rsid w:val="000C514F"/>
     <w:rsid w:val="000D0EC9"/>
     <w:rsid w:val="000D665C"/>
     <w:rsid w:val="000D7E03"/>
     <w:rsid w:val="000E50CB"/>
     <w:rsid w:val="000F54CA"/>
     <w:rsid w:val="00101381"/>
     <w:rsid w:val="00114C0F"/>
     <w:rsid w:val="00122D96"/>
     <w:rsid w:val="0012515B"/>
     <w:rsid w:val="0012616A"/>
-    <w:rsid w:val="00134630"/>
     <w:rsid w:val="0014551F"/>
     <w:rsid w:val="00147143"/>
     <w:rsid w:val="0017113B"/>
     <w:rsid w:val="00172F75"/>
     <w:rsid w:val="001814CB"/>
     <w:rsid w:val="00181660"/>
     <w:rsid w:val="00196ED6"/>
     <w:rsid w:val="001B3E10"/>
-    <w:rsid w:val="001B43A0"/>
     <w:rsid w:val="001B6D47"/>
     <w:rsid w:val="001C1A5F"/>
     <w:rsid w:val="001C20DF"/>
     <w:rsid w:val="001C2253"/>
     <w:rsid w:val="001C3E87"/>
     <w:rsid w:val="001C4169"/>
     <w:rsid w:val="001D0785"/>
     <w:rsid w:val="001E51B4"/>
     <w:rsid w:val="001F4CD6"/>
     <w:rsid w:val="002050E6"/>
     <w:rsid w:val="00205BFB"/>
     <w:rsid w:val="002232AF"/>
     <w:rsid w:val="00227A59"/>
     <w:rsid w:val="00231490"/>
     <w:rsid w:val="00231CB1"/>
     <w:rsid w:val="00253039"/>
     <w:rsid w:val="00266DE4"/>
     <w:rsid w:val="00275878"/>
     <w:rsid w:val="0028353D"/>
     <w:rsid w:val="00285A54"/>
     <w:rsid w:val="002C082C"/>
     <w:rsid w:val="003116DF"/>
     <w:rsid w:val="003127A2"/>
     <w:rsid w:val="00321CAC"/>
     <w:rsid w:val="00324DF6"/>
     <w:rsid w:val="003273A3"/>
     <w:rsid w:val="00335FD5"/>
     <w:rsid w:val="00347A65"/>
     <w:rsid w:val="00353A67"/>
     <w:rsid w:val="003573E0"/>
     <w:rsid w:val="00366244"/>
     <w:rsid w:val="00384D8B"/>
     <w:rsid w:val="00386D3F"/>
     <w:rsid w:val="0039283D"/>
     <w:rsid w:val="003A3251"/>
     <w:rsid w:val="003A5BFB"/>
     <w:rsid w:val="003A5CB0"/>
     <w:rsid w:val="003B54C9"/>
     <w:rsid w:val="003B59E7"/>
     <w:rsid w:val="003E5AE8"/>
     <w:rsid w:val="003E7115"/>
+    <w:rsid w:val="003E7781"/>
     <w:rsid w:val="0040461C"/>
+    <w:rsid w:val="00415367"/>
     <w:rsid w:val="00415B74"/>
     <w:rsid w:val="0041648F"/>
     <w:rsid w:val="00427837"/>
     <w:rsid w:val="00430C33"/>
     <w:rsid w:val="00434377"/>
     <w:rsid w:val="00435BA4"/>
     <w:rsid w:val="00462342"/>
     <w:rsid w:val="00470DB1"/>
     <w:rsid w:val="00471C1C"/>
     <w:rsid w:val="0048049A"/>
     <w:rsid w:val="004E1663"/>
     <w:rsid w:val="004E73E5"/>
     <w:rsid w:val="004F1430"/>
     <w:rsid w:val="004F673B"/>
     <w:rsid w:val="00502099"/>
     <w:rsid w:val="00507965"/>
     <w:rsid w:val="005146D6"/>
     <w:rsid w:val="00515403"/>
     <w:rsid w:val="00516CEB"/>
     <w:rsid w:val="005418ED"/>
     <w:rsid w:val="0054703D"/>
     <w:rsid w:val="00547BA4"/>
     <w:rsid w:val="00551257"/>
     <w:rsid w:val="00553543"/>
     <w:rsid w:val="005673A1"/>
     <w:rsid w:val="00567739"/>
     <w:rsid w:val="005727EB"/>
     <w:rsid w:val="005808D9"/>
     <w:rsid w:val="0059125B"/>
     <w:rsid w:val="005957AE"/>
     <w:rsid w:val="005A2673"/>
     <w:rsid w:val="005A3FE4"/>
     <w:rsid w:val="005B1803"/>
     <w:rsid w:val="005B243A"/>
     <w:rsid w:val="005C2A3B"/>
     <w:rsid w:val="005E4D74"/>
     <w:rsid w:val="005F16F7"/>
     <w:rsid w:val="005F4006"/>
     <w:rsid w:val="00603F42"/>
     <w:rsid w:val="00630011"/>
     <w:rsid w:val="00630287"/>
     <w:rsid w:val="006338E8"/>
     <w:rsid w:val="00650FE3"/>
     <w:rsid w:val="00683DBD"/>
     <w:rsid w:val="00686491"/>
     <w:rsid w:val="00687DCA"/>
     <w:rsid w:val="00692EE6"/>
     <w:rsid w:val="006961C9"/>
+    <w:rsid w:val="006A7801"/>
     <w:rsid w:val="006B22CF"/>
-    <w:rsid w:val="006B4196"/>
     <w:rsid w:val="006C01FE"/>
     <w:rsid w:val="006D3906"/>
     <w:rsid w:val="006F1D77"/>
     <w:rsid w:val="006F5D84"/>
     <w:rsid w:val="00703422"/>
     <w:rsid w:val="00721D22"/>
     <w:rsid w:val="0073296A"/>
     <w:rsid w:val="00734932"/>
     <w:rsid w:val="0073624E"/>
     <w:rsid w:val="00736ADE"/>
     <w:rsid w:val="00753B15"/>
     <w:rsid w:val="007717AB"/>
     <w:rsid w:val="00773BAB"/>
     <w:rsid w:val="00774763"/>
     <w:rsid w:val="00786542"/>
     <w:rsid w:val="00792709"/>
     <w:rsid w:val="007B5BF7"/>
     <w:rsid w:val="007B6330"/>
     <w:rsid w:val="007B686F"/>
     <w:rsid w:val="007C6627"/>
     <w:rsid w:val="007E1992"/>
     <w:rsid w:val="007E50C6"/>
     <w:rsid w:val="007E7363"/>
     <w:rsid w:val="008037E6"/>
     <w:rsid w:val="008060D5"/>
     <w:rsid w:val="0084206D"/>
     <w:rsid w:val="00851130"/>
     <w:rsid w:val="00856802"/>
     <w:rsid w:val="0086467D"/>
     <w:rsid w:val="00884865"/>
+    <w:rsid w:val="00895A8F"/>
     <w:rsid w:val="008A1B41"/>
     <w:rsid w:val="008A48FB"/>
     <w:rsid w:val="008C46E3"/>
     <w:rsid w:val="008D41D4"/>
     <w:rsid w:val="008D58DB"/>
     <w:rsid w:val="008E223F"/>
     <w:rsid w:val="008E3111"/>
     <w:rsid w:val="0090460B"/>
     <w:rsid w:val="0091197C"/>
     <w:rsid w:val="009129E6"/>
     <w:rsid w:val="0091620F"/>
     <w:rsid w:val="00925BD4"/>
     <w:rsid w:val="00933036"/>
     <w:rsid w:val="00944A2B"/>
     <w:rsid w:val="009471FF"/>
     <w:rsid w:val="00947D10"/>
     <w:rsid w:val="00963B82"/>
     <w:rsid w:val="00983788"/>
     <w:rsid w:val="00987F45"/>
     <w:rsid w:val="00991ABF"/>
     <w:rsid w:val="009B3BA3"/>
     <w:rsid w:val="009B7D19"/>
     <w:rsid w:val="009C2B00"/>
     <w:rsid w:val="009C314F"/>
     <w:rsid w:val="009C7EC8"/>
@@ -4804,170 +4779,168 @@
     <w:rsid w:val="00A30394"/>
     <w:rsid w:val="00A312E6"/>
     <w:rsid w:val="00A33352"/>
     <w:rsid w:val="00A35C5C"/>
     <w:rsid w:val="00A728D7"/>
     <w:rsid w:val="00A74413"/>
     <w:rsid w:val="00A83F8E"/>
     <w:rsid w:val="00A92ABC"/>
     <w:rsid w:val="00A97B59"/>
     <w:rsid w:val="00A97F8C"/>
     <w:rsid w:val="00AA3E8E"/>
     <w:rsid w:val="00AA75A7"/>
     <w:rsid w:val="00AB22E5"/>
     <w:rsid w:val="00AC0D6C"/>
     <w:rsid w:val="00AC1122"/>
     <w:rsid w:val="00AD0CB5"/>
     <w:rsid w:val="00B04551"/>
     <w:rsid w:val="00B050AD"/>
     <w:rsid w:val="00B15198"/>
     <w:rsid w:val="00B258BA"/>
     <w:rsid w:val="00B2635F"/>
     <w:rsid w:val="00B308EA"/>
     <w:rsid w:val="00B37BC9"/>
     <w:rsid w:val="00B404AB"/>
     <w:rsid w:val="00B4541F"/>
-    <w:rsid w:val="00B530FB"/>
     <w:rsid w:val="00B532A7"/>
     <w:rsid w:val="00B55A59"/>
     <w:rsid w:val="00B62D82"/>
     <w:rsid w:val="00B64B1E"/>
     <w:rsid w:val="00B82E71"/>
     <w:rsid w:val="00B8414B"/>
     <w:rsid w:val="00B919D5"/>
     <w:rsid w:val="00BA0A3F"/>
     <w:rsid w:val="00BA0EC7"/>
     <w:rsid w:val="00BA2EC0"/>
     <w:rsid w:val="00BB3380"/>
     <w:rsid w:val="00C012BE"/>
     <w:rsid w:val="00C068EE"/>
     <w:rsid w:val="00C10B3C"/>
     <w:rsid w:val="00C12AD6"/>
     <w:rsid w:val="00C152B0"/>
     <w:rsid w:val="00C26592"/>
     <w:rsid w:val="00C50EAE"/>
     <w:rsid w:val="00C63D6F"/>
     <w:rsid w:val="00C75B36"/>
     <w:rsid w:val="00C76FF9"/>
     <w:rsid w:val="00C810C7"/>
     <w:rsid w:val="00C86BE2"/>
     <w:rsid w:val="00CB2878"/>
     <w:rsid w:val="00CD413E"/>
     <w:rsid w:val="00CE1D0D"/>
     <w:rsid w:val="00CE5DC6"/>
     <w:rsid w:val="00CF5274"/>
     <w:rsid w:val="00D174E9"/>
-    <w:rsid w:val="00D30935"/>
     <w:rsid w:val="00D30F99"/>
     <w:rsid w:val="00D34140"/>
     <w:rsid w:val="00D36F60"/>
     <w:rsid w:val="00D473F2"/>
     <w:rsid w:val="00D55B62"/>
     <w:rsid w:val="00D7115C"/>
     <w:rsid w:val="00D87D1E"/>
     <w:rsid w:val="00D94FC9"/>
     <w:rsid w:val="00DA3CBB"/>
     <w:rsid w:val="00DA61D7"/>
     <w:rsid w:val="00DB0565"/>
     <w:rsid w:val="00DB315D"/>
     <w:rsid w:val="00DB7ABE"/>
     <w:rsid w:val="00DC732B"/>
-    <w:rsid w:val="00E00C2E"/>
     <w:rsid w:val="00E02E5F"/>
     <w:rsid w:val="00E04B7E"/>
     <w:rsid w:val="00E068B7"/>
     <w:rsid w:val="00E10FF1"/>
     <w:rsid w:val="00E13B20"/>
     <w:rsid w:val="00E16828"/>
     <w:rsid w:val="00E2091C"/>
     <w:rsid w:val="00E24B8F"/>
     <w:rsid w:val="00E2595C"/>
     <w:rsid w:val="00E264A6"/>
     <w:rsid w:val="00E36E40"/>
     <w:rsid w:val="00E427EA"/>
     <w:rsid w:val="00E4345B"/>
     <w:rsid w:val="00E52E6D"/>
     <w:rsid w:val="00E53F4A"/>
     <w:rsid w:val="00E674D3"/>
     <w:rsid w:val="00E71E6D"/>
     <w:rsid w:val="00EA701A"/>
     <w:rsid w:val="00EC58EA"/>
     <w:rsid w:val="00ED1804"/>
     <w:rsid w:val="00EE36D1"/>
     <w:rsid w:val="00EE6C68"/>
     <w:rsid w:val="00EF059E"/>
     <w:rsid w:val="00F111F5"/>
     <w:rsid w:val="00F23AC3"/>
     <w:rsid w:val="00F24F32"/>
     <w:rsid w:val="00F256CA"/>
     <w:rsid w:val="00F31307"/>
     <w:rsid w:val="00F34E9E"/>
     <w:rsid w:val="00F43B84"/>
     <w:rsid w:val="00F46B51"/>
     <w:rsid w:val="00F67CC4"/>
     <w:rsid w:val="00FA33B1"/>
     <w:rsid w:val="00FB1274"/>
     <w:rsid w:val="00FB3C83"/>
     <w:rsid w:val="00FB62ED"/>
     <w:rsid w:val="00FC333B"/>
+    <w:rsid w:val="00FD3002"/>
     <w:rsid w:val="00FD4140"/>
     <w:rsid w:val="00FE3C1E"/>
     <w:rsid w:val="00FE3D48"/>
     <w:rsid w:val="00FE7423"/>
     <w:rsid w:val="00FF58F2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7169"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6D54AA01"/>
   <w15:docId w15:val="{842EF9C2-3EFD-47DF-A260-40AC4EC65784}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Effra"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6565,51 +6538,51 @@
       <w:b/>
       <w:color w:val="2A678B"/>
       <w:spacing w:val="0"/>
       <w:kern w:val="48"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="60"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:aliases w:val="Nad Char,Odstavec_muj Char,FooterText Char,Paragraphe de liste1 Char,List Paragraph (bulleted list) Char,Bullet 1 List Char,Dot pt Char,F5 List Paragraph Char,List Paragraph1 Char,No Spacing1 Char,List Paragraph Char Char Char Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004E1663"/>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -6872,54 +6845,69 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010090F2DB91459FFC41B93FC035E45A04CC" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="81cbb3e2665cab4020ace0e96ff15c4c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cfe8b6ae-0cb3-4d4b-8977-2740f2d4b09f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="72a7489b83e04f2dbc91c4cb4eed6fec" ns2:_="">
     <xsd:import namespace="cfe8b6ae-0cb3-4d4b-8977-2740f2d4b09f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cfe8b6ae-0cb3-4d4b-8977-2740f2d4b09f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -7019,161 +7007,139 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB42FEB8-477B-4856-B54A-DEFEE3AB4638}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A61591CA-50F3-4536-AE67-15E345F833C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A68DA67B-E741-479E-BDF8-B44F227CB738}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61A3F997-10AD-4CA8-946C-8EAB6FF4750E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cfe8b6ae-0cb3-4d4b-8977-2740f2d4b09f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Letter-Director-50years1</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>192</Words>
-  <Characters>1097</Characters>
+  <Words>181</Words>
+  <Characters>1035</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Report-memo-simple-cover</vt:lpstr>
       <vt:lpstr>Report-memo-simple-cover</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1287</CharactersWithSpaces>
+  <CharactersWithSpaces>1214</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>YRICG-report</dc:title>
+  <dc:title>Report-memo-simple-cover</dc:title>
   <dc:subject/>
   <dc:creator>Zeynep Musoglu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010090F2DB91459FFC41B93FC035E45A04CC</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="j183d2c7879f46cdad1b7768093a4c45">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Meeting_x002F_Event_x0020_Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="h683663ddb1648d98d5d829c69644b8b">
     <vt:lpwstr/>