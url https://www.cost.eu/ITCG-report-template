--- v0 (2025-11-25)
+++ v1 (2026-03-06)
@@ -6,118 +6,103 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0A70840F" w14:textId="508987DB" w:rsidR="005673A1" w:rsidRPr="00A4331D" w:rsidRDefault="005673A1" w:rsidP="3500BEF3">
+    <w:p w14:paraId="0A70840F" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00A4331D" w:rsidRDefault="005673A1" w:rsidP="005673A1">
       <w:pPr>
         <w:pStyle w:val="Title1COST"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="6E82BE"/>
+          <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3500BEF3">
+      <w:r w:rsidRPr="00A4331D">
         <w:rPr>
           <w:color w:val="6E82BE"/>
+          <w:szCs w:val="52"/>
         </w:rPr>
-        <w:t xml:space="preserve">Report on the outcomes of a presentation and participation </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Report on the outcomes of a presentation and participation in a </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1986E73A" w14:textId="7C3A6108" w:rsidR="005673A1" w:rsidRDefault="7A8124A7" w:rsidP="3500BEF3">
+    <w:p w14:paraId="1986E73A" w14:textId="77777777" w:rsidR="005673A1" w:rsidRDefault="005673A1" w:rsidP="005673A1">
       <w:pPr>
         <w:pStyle w:val="Title1COST"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="6E82BE"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="3500BEF3">
-[...10 lines deleted...]
-      <w:r w:rsidR="005673A1" w:rsidRPr="3500BEF3">
+      <w:r>
         <w:rPr>
           <w:color w:val="6E82BE"/>
           <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>ITC Conference</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5964">
+        <w:rPr>
+          <w:color w:val="6E82BE"/>
+          <w:sz w:val="36"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="2"/>
+        <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="67616340" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00681CA3" w:rsidRDefault="005673A1" w:rsidP="005673A1">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E297D85" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="008E080D" w:rsidRDefault="005673A1" w:rsidP="005673A1">
       <w:pPr>
         <w:pStyle w:val="Title2"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="56585B"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E080D">
         <w:rPr>
           <w:color w:val="56585B"/>
@@ -151,51 +136,51 @@
         <w:t xml:space="preserve"> name: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65038EA9" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="005673A1" w:rsidRDefault="005673A1" w:rsidP="005673A1">
       <w:pPr>
         <w:pStyle w:val="Title2"/>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="56585B"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9192" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005673A1" w:rsidRPr="00681CA3" w14:paraId="36EF3FE0" w14:textId="77777777" w:rsidTr="002C6973">
+      <w:tr w:rsidR="005673A1" w:rsidRPr="00681CA3" w14:paraId="36EF3FE0" w14:textId="77777777" w:rsidTr="001A3017">
         <w:trPr>
           <w:trHeight w:val="1525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5484D60A" w14:textId="77777777" w:rsidR="005673A1" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
@@ -223,107 +208,84 @@
             </w:pPr>
             <w:r w:rsidRPr="00A4331D">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>Conference title:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B02F58B" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00A4331D" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A4331D">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference web-page: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B928EAB" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00B832AA" w:rsidRDefault="005673A1" w:rsidP="005673A1">
+          <w:p w14:paraId="06B05D12" w14:textId="4932B65A" w:rsidR="005673A1" w:rsidRPr="00244B76" w:rsidRDefault="005673A1" w:rsidP="00135729">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A4331D">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>Conference venue</w:t>
             </w:r>
             <w:r w:rsidRPr="00F5286F">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
-              <w:footnoteReference w:id="3"/>
+              <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r w:rsidRPr="00F5286F">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06B05D12" w14:textId="439A27D4" w:rsidR="005673A1" w:rsidRPr="00244B76" w:rsidRDefault="005673A1" w:rsidP="005673A1">
-[...21 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005673A1" w:rsidRPr="00681CA3" w14:paraId="29B2C264" w14:textId="77777777" w:rsidTr="002C6973">
+      <w:tr w:rsidR="005673A1" w:rsidRPr="00681CA3" w14:paraId="29B2C264" w14:textId="77777777" w:rsidTr="001A3017">
         <w:trPr>
           <w:trHeight w:val="1024"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13724108" w14:textId="77777777" w:rsidR="005673A1" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -384,84 +346,84 @@
             </w:pPr>
             <w:r w:rsidRPr="00A4331D">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t xml:space="preserve">Other details of the presentation: specify here any additional details related to the contribution (e.g. title of the session / track of the conference programme in which the contribution is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>accepted</w:t>
             </w:r>
             <w:r w:rsidRPr="00B832AA">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005673A1" w:rsidRPr="00681CA3" w14:paraId="08326E32" w14:textId="77777777" w:rsidTr="002C6973">
+      <w:tr w:rsidR="005673A1" w:rsidRPr="00681CA3" w14:paraId="08326E32" w14:textId="77777777" w:rsidTr="001A3017">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9192" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="49D84095" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="008A5557" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED70D4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Outcome of the conference participation </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005673A1" w:rsidRPr="00681CA3" w14:paraId="2AA16446" w14:textId="77777777" w:rsidTr="002C6973">
+      <w:tr w:rsidR="005673A1" w:rsidRPr="00681CA3" w14:paraId="2AA16446" w14:textId="77777777" w:rsidTr="001A3017">
         <w:trPr>
           <w:trHeight w:val="1460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9192" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11BA3461" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00970E1C" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED70D4">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>Description of the outcome of the presentation of the accepted contribution, in terms of</w:t>
@@ -580,182 +542,166 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> of inclusion of necessary supporting documents to claim the grant</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="252F85EE" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="0020062C" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>I confirm that the following documents have been uploaded on e-COST as an integral part of this report:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B31C185" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="0020062C" w:rsidRDefault="005673A1" w:rsidP="005673A1">
+          <w:p w14:paraId="2B31C185" w14:textId="7FCD6C9D" w:rsidR="005673A1" w:rsidRPr="0020062C" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
-              <w:t>the certificate of conference attendance.</w:t>
+              <w:t>the certificate of conference attendance</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC19DB">
+              <w:rPr>
+                <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+                <w:color w:val="656966"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> issued by the conference organiser</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020062C">
+              <w:rPr>
+                <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+                <w:color w:val="656966"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ED9DECA" w14:textId="6CD665CA" w:rsidR="005673A1" w:rsidRPr="0020062C" w:rsidRDefault="005673A1" w:rsidP="005673A1">
+          <w:p w14:paraId="7744AC31" w14:textId="7E3BDD10" w:rsidR="005673A1" w:rsidRPr="00ED70D4" w:rsidRDefault="005673A1" w:rsidP="005673A1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020062C">
               <w:rPr>
                 <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
                 <w:color w:val="656966"/>
               </w:rPr>
               <w:t>the programme of the conference or book of abstracts / proceedings indicating the presentation (oral) of the grantee.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7744AC31" w14:textId="20FDE2DA" w:rsidR="005673A1" w:rsidRPr="00ED70D4" w:rsidRDefault="005673A1" w:rsidP="005673A1">
-[...21 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E3BB603" w14:textId="09B92752" w:rsidR="005146D6" w:rsidRDefault="005146D6" w:rsidP="00205BFB"/>
     <w:sectPr w:rsidR="005146D6" w:rsidSect="00384D8B">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="1418" w:footer="591" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F011DC6" w14:textId="77777777" w:rsidR="00B404AB" w:rsidRDefault="00B404AB" w:rsidP="00F24F32">
+    <w:p w14:paraId="2B5B01A5" w14:textId="77777777" w:rsidR="00974D56" w:rsidRDefault="00974D56" w:rsidP="00F24F32">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6783A339" w14:textId="77777777" w:rsidR="00B404AB" w:rsidRDefault="00B404AB" w:rsidP="00F24F32">
+    <w:p w14:paraId="02D7483A" w14:textId="77777777" w:rsidR="00974D56" w:rsidRDefault="00974D56" w:rsidP="00F24F32">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -837,74 +783,74 @@
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Effra Light">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00022EF" w:usb1="D000A05B" w:usb2="00000008" w:usb3="00000000" w:csb0="000000DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Corps CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="12E464B5" w14:textId="77777777" w:rsidR="00687DCA" w:rsidRDefault="00687DCA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62929C1E" w14:textId="67331524" w:rsidR="00851130" w:rsidRDefault="00851130" w:rsidP="00F24F32">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CD58388" wp14:editId="4DF7F2DE">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CD58388" wp14:editId="4DF7F2DE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:align>bottom</wp:align>
               </wp:positionV>
               <wp:extent cx="5760000" cy="540000"/>
               <wp:effectExtent l="0" t="0" r="6350" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="Zone de texte 5"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5760000" cy="540000"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -985,51 +931,51 @@
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="0" bIns="288000" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="0CD58388" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Zone de texte 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:453.55pt;height:42.5pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3z3skYgIAADEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X50E6WNBnSJr0WFA&#10;0RZLh54VWWqMyaImMbGzXz+KdtKu26XDfJApvh8fdX7RNU5sTUw1+FKOj0ZSGK+hqv1TKb89XH84&#10;kyKh8pVy4E0pdybJi/n7d+dtmJkJrMFVJgpy4tOsDaVcI4ZZUSS9No1KRxCMJ6GF2Cika3wqqqha&#10;8t64YjIanRQtxCpE0CYl4l71Qjln/9YajXfWJoPClZJyQz4jn6t8FvNzNXuKKqxrPaSh/iGLRtWe&#10;gh5cXSlUYhPrP1w1tY6QwOKRhqYAa2ttuAaqZjx6Vc1yrYLhWqg5KRzalP6fW327XYb7KLD7BB0N&#10;MDekDWmWiJnr6Wxs8p8yFSSnFu4ObTMdCk3M49OTEX1SaJIdT5kmN8WzdYgJPxtoRCZKGWks3C21&#10;vUnYq+5VcjAP17VzPBrnf2OQz55jeLaD9XPCTOHOmWzl/FdjRV1x3pnBqDKXLoqtIjworY1HLpn9&#10;knbWshT7LYaDfjbts3qL8cGCI4PHg3FTe4jcpVdpV9/3Kdten1r9ou5MYrfqhkGuoNrRfCP00E9B&#10;X9c0hBuV8F5FwjrNjfYX7+iwDtpSwkBJsYb482/8rE8QJKkULe1OKdOPjYpGCvfFEzg/jqfTvGx8&#10;mR6fTugS+ULEionJ2RlDxm+aS6BZjOmZCJrJrIxuT9oIzSPt+CKHJJHymgKXEvfkJfbrTG+ENosF&#10;K9FuBYU3fhl0dp17m/H10D2qGAYQIsH3FvYrpmavsNjrZksPiw2CrRmoubt9S4eu014y1Ic3JC/+&#10;yztrPb90818AAAD//wMAUEsDBBQABgAIAAAAIQA5OpCu2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcqF0koKRxqoKEuMChBQ69be0ljrDXUey0ga/HcIHLSqMZzbytV1Pw&#10;4kBD6iJrmM8UCGITbcethteXh4sFiJSRLfrIpOGTEqya05MaKxuPvKHDNreilHCqUIPLua+kTMZR&#10;wDSLPXHx3uMQMBc5tNIOeCzlwctLpa5lwI7LgsOe7h2Zj+0YNIxuZ/CL10/0mJ431qi3O9V6rc/P&#10;pvUSRKYp/4XhB7+gQ1OY9nFkm4TXUB7Jv7d4t+pmDmKvYXGlQDa1/A/ffAMAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC3z3skYgIAADEFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQA5OpCu2gAAAAQBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Zone de texte 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:453.55pt;height:42.5pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:bottom;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3z3skYgIAADEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X50E6WNBnSJr0WFA&#10;0RZLh54VWWqMyaImMbGzXz+KdtKu26XDfJApvh8fdX7RNU5sTUw1+FKOj0ZSGK+hqv1TKb89XH84&#10;kyKh8pVy4E0pdybJi/n7d+dtmJkJrMFVJgpy4tOsDaVcI4ZZUSS9No1KRxCMJ6GF2Cika3wqqqha&#10;8t64YjIanRQtxCpE0CYl4l71Qjln/9YajXfWJoPClZJyQz4jn6t8FvNzNXuKKqxrPaSh/iGLRtWe&#10;gh5cXSlUYhPrP1w1tY6QwOKRhqYAa2ttuAaqZjx6Vc1yrYLhWqg5KRzalP6fW327XYb7KLD7BB0N&#10;MDekDWmWiJnr6Wxs8p8yFSSnFu4ObTMdCk3M49OTEX1SaJIdT5kmN8WzdYgJPxtoRCZKGWks3C21&#10;vUnYq+5VcjAP17VzPBrnf2OQz55jeLaD9XPCTOHOmWzl/FdjRV1x3pnBqDKXLoqtIjworY1HLpn9&#10;knbWshT7LYaDfjbts3qL8cGCI4PHg3FTe4jcpVdpV9/3Kdten1r9ou5MYrfqhkGuoNrRfCP00E9B&#10;X9c0hBuV8F5FwjrNjfYX7+iwDtpSwkBJsYb482/8rE8QJKkULe1OKdOPjYpGCvfFEzg/jqfTvGx8&#10;mR6fTugS+ULEionJ2RlDxm+aS6BZjOmZCJrJrIxuT9oIzSPt+CKHJJHymgKXEvfkJfbrTG+ENosF&#10;K9FuBYU3fhl0dp17m/H10D2qGAYQIsH3FvYrpmavsNjrZksPiw2CrRmoubt9S4eu014y1Ic3JC/+&#10;yztrPb90818AAAD//wMAUEsDBBQABgAIAAAAIQA5OpCu2gAAAAQBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUjcqF0koKRxqoKEuMChBQ69be0ljrDXUey0ga/HcIHLSqMZzbytV1Pw&#10;4kBD6iJrmM8UCGITbcethteXh4sFiJSRLfrIpOGTEqya05MaKxuPvKHDNreilHCqUIPLua+kTMZR&#10;wDSLPXHx3uMQMBc5tNIOeCzlwctLpa5lwI7LgsOe7h2Zj+0YNIxuZ/CL10/0mJ431qi3O9V6rc/P&#10;pvUSRKYp/4XhB7+gQ1OY9nFkm4TXUB7Jv7d4t+pmDmKvYXGlQDa1/A/ffAMAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC3z3skYgIAADEFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQA5OpCu2gAAAAQBAAAPAAAAAAAAAAAAAAAAALwEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset=",,0,8mm">
                 <w:txbxContent>
                   <w:p w14:paraId="5715C8EA" w14:textId="77777777" w:rsidR="00851130" w:rsidRPr="00181660" w:rsidRDefault="00851130" w:rsidP="00C12AD6">
                     <w:pPr>
                       <w:pStyle w:val="Footer1"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00181660">
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r w:rsidRPr="00181660">
@@ -1053,86 +999,86 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>3</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00181660">
                       <w:rPr>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57C0F7B5" w14:textId="2F0F311A" w:rsidR="00CE1D0D" w:rsidRPr="00ED1804" w:rsidRDefault="00CE1D0D" w:rsidP="00987F45">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:noProof/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6756AE4E" w14:textId="74DB7DBF" w:rsidR="00851130" w:rsidRPr="00703422" w:rsidRDefault="00630287" w:rsidP="00D7115C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="center" w:pos="6379"/>
         <w:tab w:val="left" w:pos="6521"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3D5ABF"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22F30506" wp14:editId="32E25867">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22F30506" wp14:editId="32E25867">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3995420</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>20320</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1572260" cy="329565"/>
           <wp:effectExtent l="0" t="0" r="8890" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Picture 6" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Picture 3" descr="Graphical user interface, application&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -1203,101 +1149,79 @@
     <w:r w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">Avenue du Boulevard </w:t>
     </w:r>
     <w:r w:rsidR="00C75B36" w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>–</w:t>
     </w:r>
     <w:r w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> Bolwerklaan</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidRPr="008C46E3">
+    <w:r w:rsidR="00C75B36" w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t>Bolwerklaan</w:t>
+      <w:t xml:space="preserve"> 21 | 1210 </w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidR="00C75B36" w:rsidRPr="008C46E3">
+    <w:r w:rsidR="00703422" w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 21 | 1210 </w:t>
+      <w:t>Brussels, Belg</w:t>
     </w:r>
-    <w:r w:rsidR="00703422" w:rsidRPr="008C46E3">
+    <w:r w:rsidR="00C75B36" w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
-      <w:t xml:space="preserve">Brussels, </w:t>
-[...17 lines deleted...]
-      </w:rPr>
       <w:t>ium</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="00275878" w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0073624E" w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1245643E" w14:textId="489F6FAB" w:rsidR="00C75B36" w:rsidRPr="00516CEB" w:rsidRDefault="00C75B36" w:rsidP="00D7115C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="center" w:pos="6379"/>
@@ -1319,170 +1243,197 @@
       <w:t xml:space="preserve">T +32 (0)2 533 3800 | office@cost.eu | </w:t>
     </w:r>
     <w:r w:rsidR="00D7115C" w:rsidRPr="008C46E3">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>www.cost.eu</w:t>
     </w:r>
     <w:r w:rsidR="00D7115C">
       <w:rPr>
         <w:rFonts w:ascii="Effra" w:hAnsi="Effra"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4445595B" w14:textId="77777777" w:rsidR="00B404AB" w:rsidRDefault="00B404AB" w:rsidP="00F24F32">
+    <w:p w14:paraId="29C0DF97" w14:textId="77777777" w:rsidR="00974D56" w:rsidRDefault="00974D56" w:rsidP="00F24F32">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1738B7DD" w14:textId="77777777" w:rsidR="00B404AB" w:rsidRDefault="00B404AB" w:rsidP="00F24F32">
+    <w:p w14:paraId="46A6A4F4" w14:textId="77777777" w:rsidR="00974D56" w:rsidRDefault="00974D56" w:rsidP="00F24F32">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...7 lines deleted...]
-    <w:p w14:paraId="5103F9FD" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00A4331D" w:rsidRDefault="005673A1" w:rsidP="005673A1">
+  <w:footnote w:id="1">
+    <w:p w14:paraId="5103F9FD" w14:textId="3C5F035A" w:rsidR="005673A1" w:rsidRPr="00135729" w:rsidRDefault="005673A1" w:rsidP="00135729">
       <w:pPr>
         <w:pStyle w:val="Title2"/>
-        <w:spacing w:before="120"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+          <w:color w:val="656966"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02DDA">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:color w:val="56585B"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0094006B">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:color w:val="56585B"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A02DDA">
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:b w:val="0"/>
           <w:color w:val="656966"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>This report is submitted by the grantee to the Action MC for approval and for claiming payment of the awarded grant. The Grant Awarding Coordinator coordinates the evaluation of this report on behalf of the Action MC and instructs the GH for payment of the Grant</w:t>
+        <w:t xml:space="preserve">This report is submitted by the grantee to the Action MC for approval and for claiming payment of the awarded grant. The Grant Awarding Coordinator coordinates the evaluation of this report on behalf of the Action MC </w:t>
+      </w:r>
+      <w:r w:rsidR="00135729" w:rsidRPr="00135729">
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+          <w:b w:val="0"/>
+          <w:color w:val="656966"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>and instruct</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5497E">
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+          <w:b w:val="0"/>
+          <w:color w:val="656966"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00135729" w:rsidRPr="00135729">
+        <w:rPr>
+          <w:rFonts w:ascii="ArialMT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="ArialMT" w:cs="ArialMT"/>
+          <w:b w:val="0"/>
+          <w:color w:val="656966"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Grant Holder Manager to verify the grant documents compliance and proceed with the payment.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:b w:val="0"/>
           <w:color w:val="656966"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="3">
+  <w:footnote w:id="2">
     <w:p w14:paraId="209A43FE" w14:textId="77777777" w:rsidR="005673A1" w:rsidRPr="00860B0D" w:rsidRDefault="005673A1" w:rsidP="005673A1">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ArialMT" w:hAnsi="ArialMT" w:cs="ArialMT"/>
           <w:color w:val="656966"/>
         </w:rPr>
         <w:t>For an online conference, specify virtual participation; for hybrid conferences, specify whether it is an in-person or virtual participation.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2B07B920" w14:textId="77777777" w:rsidR="00687DCA" w:rsidRDefault="00687DCA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6903466D" w14:textId="77777777" w:rsidR="00851130" w:rsidRDefault="00851130" w:rsidP="00F24F32">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="002050E6">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2404C9C6" wp14:editId="53646809">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2404C9C6" wp14:editId="53646809">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>132292</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7560000" cy="1090872"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Image 15"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1498,61 +1449,61 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7560000" cy="1090872"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="09A65A25" w14:textId="35236CF4" w:rsidR="00773BAB" w:rsidRDefault="00687DCA" w:rsidP="00773BAB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="522F6724" wp14:editId="63483448">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="522F6724" wp14:editId="63483448">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5978525" cy="1781810"/>
           <wp:effectExtent l="0" t="0" r="3175" b="8890"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Image 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Image 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1"/>
                   <a:srcRect r="20491"/>
                   <a:stretch/>
@@ -1599,51 +1550,77 @@
   </w:p>
   <w:p w14:paraId="79D070D4" w14:textId="77777777" w:rsidR="00773BAB" w:rsidRDefault="00773BAB" w:rsidP="00773BAB">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="63376EFC" w14:textId="782C3E9B" w:rsidR="00851130" w:rsidRDefault="00851130">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3D5ABF"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="546AADB4" w14:textId="77777777" w:rsidR="00E427EA" w:rsidRDefault="00E427EA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:numPicBullet w:numPicBulletId="0">
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:101.25pt;height:101.25pt" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title="point"/>
+      </v:shape>
+    </w:pict>
+  </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="3174AF8E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="75E08EFC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -3132,311 +3109,329 @@
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D853BCA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C54DA82"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Niveauducommentaire21"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1985"/>
         </w:tabs>
         <w:ind w:left="1985" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2268"/>
         </w:tabs>
         <w:ind w:left="2268" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2552"/>
         </w:tabs>
         <w:ind w:left="2552" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2835"/>
         </w:tabs>
         <w:ind w:left="2835" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F80237D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8C54DA82"/>
     <w:styleLink w:val="COST"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
         <w:ind w:left="1418" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="1701" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1985"/>
         </w:tabs>
         <w:ind w:left="1985" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2268"/>
         </w:tabs>
         <w:ind w:left="2268" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2552"/>
         </w:tabs>
         <w:ind w:left="2552" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
+      <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2835"/>
         </w:tabs>
         <w:ind w:left="2835" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="583B0834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48A08EDC"/>
     <w:lvl w:ilvl="0" w:tplc="2C263554">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="ArialMT" w:eastAsiaTheme="minorHAnsi" w:hAnsi="ArialMT" w:cs="ArialMT" w:hint="default"/>
@@ -4492,426 +4487,405 @@
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="773212919">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1740208955">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="126819927">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="75980164">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="754860415">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1234853256">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="510"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F5283"/>
     <w:rsid w:val="00001897"/>
     <w:rsid w:val="00005D15"/>
     <w:rsid w:val="00033FE1"/>
     <w:rsid w:val="00035AF5"/>
     <w:rsid w:val="00042125"/>
     <w:rsid w:val="0005130B"/>
     <w:rsid w:val="00071487"/>
     <w:rsid w:val="0008039C"/>
     <w:rsid w:val="000A5EC1"/>
     <w:rsid w:val="000B09FC"/>
     <w:rsid w:val="000C2C8D"/>
     <w:rsid w:val="000C514F"/>
     <w:rsid w:val="000D0EC9"/>
-    <w:rsid w:val="000D102A"/>
     <w:rsid w:val="000D665C"/>
     <w:rsid w:val="000D7E03"/>
     <w:rsid w:val="000E50CB"/>
     <w:rsid w:val="000F54CA"/>
     <w:rsid w:val="00101381"/>
     <w:rsid w:val="00114C0F"/>
     <w:rsid w:val="00122D96"/>
     <w:rsid w:val="0012515B"/>
     <w:rsid w:val="0012616A"/>
+    <w:rsid w:val="00135729"/>
     <w:rsid w:val="0014551F"/>
     <w:rsid w:val="00147143"/>
+    <w:rsid w:val="00167D3D"/>
     <w:rsid w:val="0017113B"/>
     <w:rsid w:val="00172F75"/>
     <w:rsid w:val="001814CB"/>
     <w:rsid w:val="00181660"/>
     <w:rsid w:val="0019043C"/>
     <w:rsid w:val="00196ED6"/>
     <w:rsid w:val="001B3E10"/>
     <w:rsid w:val="001B6D47"/>
     <w:rsid w:val="001C1A5F"/>
     <w:rsid w:val="001C20DF"/>
     <w:rsid w:val="001C2253"/>
     <w:rsid w:val="001C3E87"/>
     <w:rsid w:val="001E51B4"/>
     <w:rsid w:val="002050E6"/>
     <w:rsid w:val="00205BFB"/>
     <w:rsid w:val="002232AF"/>
     <w:rsid w:val="00231490"/>
     <w:rsid w:val="00231CB1"/>
-    <w:rsid w:val="0024017A"/>
     <w:rsid w:val="00253039"/>
     <w:rsid w:val="00266DE4"/>
     <w:rsid w:val="00275878"/>
     <w:rsid w:val="0028353D"/>
     <w:rsid w:val="00285A54"/>
+    <w:rsid w:val="002B5234"/>
     <w:rsid w:val="002C082C"/>
-    <w:rsid w:val="002C6973"/>
     <w:rsid w:val="003116DF"/>
     <w:rsid w:val="003127A2"/>
     <w:rsid w:val="00321CAC"/>
     <w:rsid w:val="00324DF6"/>
     <w:rsid w:val="00335FD5"/>
     <w:rsid w:val="00347A65"/>
     <w:rsid w:val="00353A67"/>
     <w:rsid w:val="003573E0"/>
     <w:rsid w:val="00366244"/>
     <w:rsid w:val="00384D8B"/>
     <w:rsid w:val="00386D3F"/>
     <w:rsid w:val="0039283D"/>
     <w:rsid w:val="003A3251"/>
     <w:rsid w:val="003A5BFB"/>
     <w:rsid w:val="003A5CB0"/>
     <w:rsid w:val="003B54C9"/>
     <w:rsid w:val="003B59E7"/>
     <w:rsid w:val="003E5AE8"/>
     <w:rsid w:val="003E7115"/>
     <w:rsid w:val="0040461C"/>
-    <w:rsid w:val="00406129"/>
+    <w:rsid w:val="00415367"/>
     <w:rsid w:val="00415B74"/>
     <w:rsid w:val="0041648F"/>
     <w:rsid w:val="00430C33"/>
     <w:rsid w:val="00434377"/>
     <w:rsid w:val="00435BA4"/>
     <w:rsid w:val="00462342"/>
     <w:rsid w:val="00470DB1"/>
     <w:rsid w:val="00471C1C"/>
-    <w:rsid w:val="00473787"/>
     <w:rsid w:val="0048049A"/>
     <w:rsid w:val="004E1663"/>
     <w:rsid w:val="004E73E5"/>
     <w:rsid w:val="004F1430"/>
     <w:rsid w:val="004F673B"/>
     <w:rsid w:val="00502099"/>
     <w:rsid w:val="00507965"/>
     <w:rsid w:val="005146D6"/>
     <w:rsid w:val="00515403"/>
     <w:rsid w:val="00516CEB"/>
     <w:rsid w:val="005418ED"/>
     <w:rsid w:val="0054703D"/>
     <w:rsid w:val="00547BA4"/>
     <w:rsid w:val="00551257"/>
     <w:rsid w:val="00553543"/>
     <w:rsid w:val="005673A1"/>
     <w:rsid w:val="00567739"/>
     <w:rsid w:val="005727EB"/>
     <w:rsid w:val="005808D9"/>
     <w:rsid w:val="0059125B"/>
     <w:rsid w:val="005A2673"/>
     <w:rsid w:val="005B1803"/>
     <w:rsid w:val="005B243A"/>
     <w:rsid w:val="005C2A3B"/>
-    <w:rsid w:val="005E00B3"/>
     <w:rsid w:val="005E4D74"/>
     <w:rsid w:val="005F16F7"/>
     <w:rsid w:val="005F4006"/>
-    <w:rsid w:val="00600F0F"/>
     <w:rsid w:val="00603F42"/>
     <w:rsid w:val="00630011"/>
     <w:rsid w:val="00630287"/>
     <w:rsid w:val="006338E8"/>
     <w:rsid w:val="00650FE3"/>
     <w:rsid w:val="00683DBD"/>
     <w:rsid w:val="00686491"/>
     <w:rsid w:val="00687DCA"/>
     <w:rsid w:val="00692EE6"/>
     <w:rsid w:val="006961C9"/>
     <w:rsid w:val="006A1A36"/>
     <w:rsid w:val="006B22CF"/>
     <w:rsid w:val="006C01FE"/>
     <w:rsid w:val="006D3906"/>
     <w:rsid w:val="006F1D77"/>
     <w:rsid w:val="006F5D84"/>
     <w:rsid w:val="00703422"/>
     <w:rsid w:val="00721D22"/>
     <w:rsid w:val="0073296A"/>
     <w:rsid w:val="00734932"/>
     <w:rsid w:val="0073624E"/>
     <w:rsid w:val="00736ADE"/>
-    <w:rsid w:val="00741EF4"/>
     <w:rsid w:val="00753B15"/>
-    <w:rsid w:val="007631ED"/>
     <w:rsid w:val="007717AB"/>
     <w:rsid w:val="00773BAB"/>
     <w:rsid w:val="00774763"/>
     <w:rsid w:val="00786542"/>
     <w:rsid w:val="00792709"/>
     <w:rsid w:val="007B5BF7"/>
     <w:rsid w:val="007B686F"/>
     <w:rsid w:val="007C6627"/>
     <w:rsid w:val="007E1992"/>
     <w:rsid w:val="007E50C6"/>
-    <w:rsid w:val="007E7363"/>
     <w:rsid w:val="008037E6"/>
     <w:rsid w:val="008060D5"/>
     <w:rsid w:val="0084206D"/>
     <w:rsid w:val="00851130"/>
     <w:rsid w:val="00856802"/>
     <w:rsid w:val="0086467D"/>
     <w:rsid w:val="00884865"/>
     <w:rsid w:val="008A1B41"/>
     <w:rsid w:val="008A48FB"/>
     <w:rsid w:val="008C46E3"/>
     <w:rsid w:val="008D41D4"/>
     <w:rsid w:val="008D58DB"/>
     <w:rsid w:val="008E223F"/>
     <w:rsid w:val="008E3111"/>
     <w:rsid w:val="0090460B"/>
     <w:rsid w:val="0091197C"/>
     <w:rsid w:val="009129E6"/>
     <w:rsid w:val="0091620F"/>
-    <w:rsid w:val="0092496E"/>
     <w:rsid w:val="00925BD4"/>
     <w:rsid w:val="00933036"/>
     <w:rsid w:val="0094006B"/>
     <w:rsid w:val="00944A2B"/>
     <w:rsid w:val="009471FF"/>
     <w:rsid w:val="00947D10"/>
     <w:rsid w:val="00963B82"/>
+    <w:rsid w:val="00974D56"/>
     <w:rsid w:val="00983788"/>
     <w:rsid w:val="00987F45"/>
     <w:rsid w:val="00991ABF"/>
     <w:rsid w:val="009B3BA3"/>
-    <w:rsid w:val="009B4912"/>
     <w:rsid w:val="009B7D19"/>
     <w:rsid w:val="009C2B00"/>
     <w:rsid w:val="009C314F"/>
     <w:rsid w:val="009C7EC8"/>
     <w:rsid w:val="009D6A4C"/>
     <w:rsid w:val="009E6B67"/>
     <w:rsid w:val="009E7C11"/>
     <w:rsid w:val="009F5283"/>
-    <w:rsid w:val="00A14B1E"/>
     <w:rsid w:val="00A167BD"/>
     <w:rsid w:val="00A17795"/>
     <w:rsid w:val="00A222F4"/>
     <w:rsid w:val="00A30394"/>
     <w:rsid w:val="00A312E6"/>
     <w:rsid w:val="00A33352"/>
     <w:rsid w:val="00A35C5C"/>
     <w:rsid w:val="00A728D7"/>
     <w:rsid w:val="00A74413"/>
-    <w:rsid w:val="00A7454A"/>
     <w:rsid w:val="00A83F8E"/>
+    <w:rsid w:val="00A87AAE"/>
     <w:rsid w:val="00A92ABC"/>
     <w:rsid w:val="00A97B59"/>
     <w:rsid w:val="00A97F8C"/>
     <w:rsid w:val="00AA3E8E"/>
     <w:rsid w:val="00AA75A7"/>
     <w:rsid w:val="00AB22E5"/>
     <w:rsid w:val="00AC0D6C"/>
     <w:rsid w:val="00AC1122"/>
+    <w:rsid w:val="00AC19DB"/>
     <w:rsid w:val="00AD0CB5"/>
     <w:rsid w:val="00B04551"/>
     <w:rsid w:val="00B050AD"/>
-    <w:rsid w:val="00B12F60"/>
     <w:rsid w:val="00B15198"/>
     <w:rsid w:val="00B258BA"/>
     <w:rsid w:val="00B2635F"/>
     <w:rsid w:val="00B308EA"/>
     <w:rsid w:val="00B37BC9"/>
     <w:rsid w:val="00B404AB"/>
     <w:rsid w:val="00B4541F"/>
     <w:rsid w:val="00B532A7"/>
     <w:rsid w:val="00B55A59"/>
-    <w:rsid w:val="00B6057F"/>
     <w:rsid w:val="00B64B1E"/>
     <w:rsid w:val="00B82E71"/>
     <w:rsid w:val="00B8414B"/>
     <w:rsid w:val="00B919D5"/>
     <w:rsid w:val="00BA0A3F"/>
     <w:rsid w:val="00BA0EC7"/>
     <w:rsid w:val="00BA2EC0"/>
     <w:rsid w:val="00BB3380"/>
     <w:rsid w:val="00C012BE"/>
     <w:rsid w:val="00C10B3C"/>
     <w:rsid w:val="00C12AD6"/>
     <w:rsid w:val="00C152B0"/>
     <w:rsid w:val="00C26592"/>
     <w:rsid w:val="00C50EAE"/>
     <w:rsid w:val="00C63D6F"/>
     <w:rsid w:val="00C75B36"/>
     <w:rsid w:val="00C76FF9"/>
     <w:rsid w:val="00C810C7"/>
     <w:rsid w:val="00C86BE2"/>
-    <w:rsid w:val="00C913F7"/>
-    <w:rsid w:val="00CA04D6"/>
     <w:rsid w:val="00CB2878"/>
     <w:rsid w:val="00CE1D0D"/>
     <w:rsid w:val="00CE5DC6"/>
     <w:rsid w:val="00CF5274"/>
     <w:rsid w:val="00D174E9"/>
     <w:rsid w:val="00D30F99"/>
     <w:rsid w:val="00D34140"/>
     <w:rsid w:val="00D36F60"/>
     <w:rsid w:val="00D473F2"/>
+    <w:rsid w:val="00D5497E"/>
     <w:rsid w:val="00D55B62"/>
     <w:rsid w:val="00D7115C"/>
     <w:rsid w:val="00D87D1E"/>
     <w:rsid w:val="00D94FC9"/>
     <w:rsid w:val="00DA3CBB"/>
     <w:rsid w:val="00DA61D7"/>
     <w:rsid w:val="00DB0565"/>
     <w:rsid w:val="00DB315D"/>
     <w:rsid w:val="00DB7ABE"/>
     <w:rsid w:val="00DC732B"/>
     <w:rsid w:val="00E02E5F"/>
     <w:rsid w:val="00E04B7E"/>
     <w:rsid w:val="00E068B7"/>
     <w:rsid w:val="00E10FF1"/>
     <w:rsid w:val="00E16828"/>
     <w:rsid w:val="00E2091C"/>
-    <w:rsid w:val="00E212B7"/>
     <w:rsid w:val="00E2595C"/>
     <w:rsid w:val="00E264A6"/>
     <w:rsid w:val="00E36E40"/>
     <w:rsid w:val="00E427EA"/>
     <w:rsid w:val="00E4345B"/>
-    <w:rsid w:val="00E47336"/>
     <w:rsid w:val="00E52E6D"/>
     <w:rsid w:val="00E53F4A"/>
-    <w:rsid w:val="00E57AF2"/>
     <w:rsid w:val="00E674D3"/>
     <w:rsid w:val="00E71E6D"/>
     <w:rsid w:val="00E80758"/>
     <w:rsid w:val="00EA701A"/>
     <w:rsid w:val="00EC58EA"/>
     <w:rsid w:val="00ED1804"/>
     <w:rsid w:val="00EE36D1"/>
     <w:rsid w:val="00EE6C68"/>
     <w:rsid w:val="00EF059E"/>
     <w:rsid w:val="00EF61D4"/>
-    <w:rsid w:val="00F03409"/>
     <w:rsid w:val="00F111F5"/>
     <w:rsid w:val="00F23AC3"/>
     <w:rsid w:val="00F24F32"/>
     <w:rsid w:val="00F256CA"/>
     <w:rsid w:val="00F31307"/>
     <w:rsid w:val="00F34E9E"/>
     <w:rsid w:val="00F43B84"/>
     <w:rsid w:val="00F46B51"/>
     <w:rsid w:val="00F67CC4"/>
     <w:rsid w:val="00FA33B1"/>
     <w:rsid w:val="00FB1274"/>
     <w:rsid w:val="00FB3C83"/>
     <w:rsid w:val="00FB62ED"/>
     <w:rsid w:val="00FC333B"/>
     <w:rsid w:val="00FD4140"/>
-    <w:rsid w:val="00FE100E"/>
     <w:rsid w:val="00FE3C1E"/>
     <w:rsid w:val="00FE3D48"/>
     <w:rsid w:val="00FE7423"/>
+    <w:rsid w:val="00FF2452"/>
     <w:rsid w:val="00FF58F2"/>
-    <w:rsid w:val="193748EA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="7A8124A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-BE" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="fr-BE" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3073"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6D54AA01"/>
-  <w15:docId w15:val="{A6CA8AF2-3DCE-4EDB-9E2F-BD01E39DA36C}"/>
+  <w15:docId w15:val="{92989E04-C306-4E62-A8C1-540E9E48C638}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Effra"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6509,69 +6483,73 @@
       <w:b/>
       <w:color w:val="2A678B"/>
       <w:spacing w:val="0"/>
       <w:kern w:val="48"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="60"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:aliases w:val="Nad Char,Odstavec_muj Char,FooterText Char,Paragraphe de liste1 Char,List Paragraph (bulleted list) Char,Bullet 1 List Char,Dot pt Char,F5 List Paragraph Char,List Paragraph1 Char,No Spacing1 Char,List Paragraph Char Char Char Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004E1663"/>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+</file>
+
+<file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\zmusoglu\Desktop\Forms%20and%20templates%20-%20horizon%20Europe\Letter-Director-50years1.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="COST 1">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="656865"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="C5C5BD"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="263264"/>
       </a:accent1>
@@ -6812,95 +6790,123 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010090F2DB91459FFC41B93FC035E45A04CC" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="81cbb3e2665cab4020ace0e96ff15c4c">
-[...1 lines deleted...]
-    <xsd:import namespace="cfe8b6ae-0cb3-4d4b-8977-2740f2d4b09f"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CB6A5F84D7AAA44C92A70B9CD00CF752" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cf1b632f49d836d25fe791feb306da0c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="15c11a37-92c7-41de-919e-e7f51c08d57f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6c0d88b48ee1d7d67f4cb44e4564a641" ns2:_="">
+    <xsd:import namespace="15c11a37-92c7-41de-919e-e7f51c08d57f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cfe8b6ae-0cb3-4d4b-8977-2740f2d4b09f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="15c11a37-92c7-41de-919e-e7f51c08d57f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -6960,169 +6966,173 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A68DA67B-E741-479E-BDF8-B44F227CB738}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB42FEB8-477B-4856-B54A-DEFEE3AB4638}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29F8894A-F062-455C-9F04-6A03FE747B12}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7615FD5E-2FE7-46A5-B4B3-CE88E9E29811}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="cfe8b6ae-0cb3-4d4b-8977-2740f2d4b09f"/>
+    <ds:schemaRef ds:uri="15c11a37-92c7-41de-919e-e7f51c08d57f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB42FEB8-477B-4856-B54A-DEFEE3AB4638}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A68DA67B-E741-479E-BDF8-B44F227CB738}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A61591CA-50F3-4536-AE67-15E345F833C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{f8f4eb65-624b-42f2-9e5d-5e71af393e55}" enabled="0" method="" siteId="{f8f4eb65-624b-42f2-9e5d-5e71af393e55}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Letter-Director-50years1</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>183</Words>
-  <Characters>1046</Characters>
+  <Words>170</Words>
+  <Characters>971</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Report-memo-simple-cover</vt:lpstr>
       <vt:lpstr>Report-memo-simple-cover</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1227</CharactersWithSpaces>
+  <CharactersWithSpaces>1139</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>ITCG-report</dc:title>
+  <dc:title>Report-memo-simple-cover</dc:title>
   <dc:subject/>
   <dc:creator>Zeynep Musoglu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010090F2DB91459FFC41B93FC035E45A04CC</vt:lpwstr>
+    <vt:lpwstr>0x010100CB6A5F84D7AAA44C92A70B9CD00CF752</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="j183d2c7879f46cdad1b7768093a4c45">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Meeting_x002F_Event_x0020_Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="h683663ddb1648d98d5d829c69644b8b">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="m6dd6d7cf7dd434e9aac1e6dc36a87ef">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Process">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Stakeholders">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Unit">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Geographic_x0020_Location">
     <vt:lpwstr/>
   </property>